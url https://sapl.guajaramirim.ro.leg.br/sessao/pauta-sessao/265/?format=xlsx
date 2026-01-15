--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -10,80 +10,304 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="58">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
+    <t>ordem dia</t>
+  </si>
+  <si>
+    <t>Requerimento Legislativo nº 181 de 2025</t>
+  </si>
+  <si>
+    <t>DRA. CORDÉLIA</t>
+  </si>
+  <si>
+    <t>A vereadora que este subscreve, na forma regimental, requer o envio de expediente ao_x000D_
+ Exmo. Senhor Fábio Garcia de Oliveira - Prefeito Municipal, com cópia à Senhora Nádia Ilorca_x000D_
+ Rapo Coordenadora Geral Municipal de Administração, solicitando informações referentes ao_x000D_
+ registro de frequência dos servidores do Centro Especializado em Reabilitação (CER II), realizado_x000D_
+ por meio do ponto eletrônico por meio do Ofício nº 00129/CMGAB09/2025, encaminhado no dia_x000D_
+ 12 de setembro de 2025.</t>
+  </si>
+  <si>
+    <t>Não informada</t>
+  </si>
+  <si>
+    <t>Projeto de Lei - Executivo nº 98 de 2025</t>
+  </si>
+  <si>
+    <t>FÁBIO GARCIA DE OLIVEIRA - PREFEITO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a proceder à abertura de Crédito_x000D_
+ Adicional Especial com abertura de ficha ao Orçamento Geral do_x000D_
+ Município do exercício financeiro de 2025, com recursos do superávit_x000D_
+ financeiro do exercício de 2024.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei - Executivo nº 99 de 2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a proceder à_x000D_
+ abertura de crédito adicional ao orçamento geral do_x000D_
+ município do exercício financeiro de 2025, com_x000D_
+ recursos de superávit financeiro de 2024.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei - Executivo nº 100 de 2025</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa da Lei nº 1.081/2025 que Autoriza o poder Executivo a_x000D_
+ Institui Gratificação de Encargos para membros de Comissão e da outras_x000D_
+ Providencias.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei - Executivo nº 108 de 2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a proceder à abertura de_x000D_
+crédito Especial ao orçamento geral do município no exercício_x000D_
+financeiro de 2025, recursos de Excesso de receita.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei - Executivo nº 109 de 2025</t>
+  </si>
+  <si>
+    <t>Autoriza o poder executivo municipal a proceder à_x000D_
+ abertura de crédito adicional suplementar com_x000D_
+ anulação parcial no orçamento geral do município do_x000D_
+ exercício financeiro de 2025.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei - Executivo nº 111 de 2025</t>
+  </si>
+  <si>
+    <t>Autoriza a prefeitura de Guajará-Mirim a abrir um crédito_x000D_
+ adicional especial no orçamento de 2025, utilizando recursos de_x000D_
+ Tendência de excesso com Convenio nº 0005.005218/2025-77 com_x000D_
+ a SEJUCEL.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei - Legislativo nº 52 de 2025</t>
+  </si>
+  <si>
+    <t>AUGUSTINHO FIGUEIREDO</t>
+  </si>
+  <si>
+    <t>Dispõe sobre normas de proteção ao consumidor contra prá cas abusivas por parte da distribuidora de_x000D_
+ energia elétrica no município de Guajará-Mirim e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei - Legislativo nº 56 de 2025</t>
+  </si>
+  <si>
+    <t>ELIAS CRISPIM</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Comitê Municipal de Acompanhamento da Construção da Ponte Binacional Brasil Bolívia, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução nº 10 de 2025</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação de_x000D_
+ Frentes Parlamentares no âmbito_x000D_
+ da Câmara Municipal de Guajará_x000D_
+Mirim, Estado de Rondônia.</t>
+  </si>
+  <si>
     <t>expediente</t>
   </si>
   <si>
     <t>ATA 2º PERÍODO nº 10 de 2025</t>
   </si>
   <si>
     <t>ATA DA 10ª SESSÃO ORD. 2º PERÍODO</t>
   </si>
   <si>
-    <t>Não informada</t>
+    <t>Projeto de Lei - Legislativo nº 57 de 2025</t>
+  </si>
+  <si>
+    <t>SÉRGIO BOUEZ</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão do décimo quarto salário aos _x000D_
+profissionais da educação da rede pública que apresentarem _x000D_
+trabalhos exitosos no desempenho de suas funções e dá outras _x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>Indicação nº 602 de 2025</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, na forma regimental, indica ao Excelentíssimo Senhor Prefeito Municipal de Guajará-Mirim, FÁBIO GARCIA DE OLIVEIRA, que, por meio das secretarias e órgãos competentes, viabilize apoio técnico e operacional ao 6º Batalhão de Polícia Militar, para execução das seguintes ações na área do referido Quartel:_x000D_
+_x000D_
+Realização de levantamento planialtimétrico;_x000D_
+_x000D_
+Apoio na elaboração de projeto de bloqueteamento e iluminação;_x000D_
+_x000D_
+Serviços de terraplanagem;_x000D_
+_x000D_
+Desdobro da área da antiga fábrica de bloquetes, atualmente vinculada à Casa de Detenção.</t>
+  </si>
+  <si>
+    <t>Indicação nº 603 de 2025</t>
+  </si>
+  <si>
+    <t>Senhor Presidente,_x000D_
+ A vereadora que esta subscreve, na forma regimental, solicita o envio de expediente ao_x000D_
+ Chefe do Poder Executivo, Exmo. Senhor Fábio Garcia de Oliveira Prefeito Municipal, com cópia_x000D_
+ ao Senhor Márcio Brune Christo Secretário Municipal de Saúde, sugerindo providências junto ao_x000D_
+ órgão competente, visando a viabilidade do encaminhamento de um Médico e um Profissional_x000D_
+ Fisioterapeuta para atender na Unidade Básica de Saúde (UBS) Raimundo Rodrigues, localizada_x000D_
+ no Distrito do Iata.</t>
+  </si>
+  <si>
+    <t>Indicação nº 604 de 2025</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, na forma regimental, solicita o envio de expediente ao_x000D_
+ Chefe do Poder Executivo, Exmo. Senhor Fábio Garcia de Oliveira Prefeito Municipal, com cópia_x000D_
+ ao Senhor Gerson Maia Gomes Secretário Municipal de Obras e Serviços Públicos, sugerindo_x000D_
+ providências junto ao órgão competente, visando a realização de reparos na calçada da Unidade_x000D_
+ Básica de Saúde (UBS) Raimundo Rodrigues, localizada no Distrito do Iata</t>
+  </si>
+  <si>
+    <t>Indicação nº 605 de 2025</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, na forma regimental, solicita o envio de expediente ao_x000D_
+ Chefe do Poder Executivo Exmo. Senhor Fábio Garcia de Oliveira - Prefeito Municipal, com cópia_x000D_
+ ao Senhor Gerson Maia Gomes - Secretário Municipal de Obras e Serviços Públicos, sugerindo_x000D_
+ providências junto ao órgão competente, visando o retorno imediato dos serviços da Operação_x000D_
+ Cidade Limpa, a fim de que sejam contemplados os bairros que ainda não receberam as ações,_x000D_
+ especialmente os bairros Próspero e Santa Luzia, que se encontram com diversas avenidas em_x000D_
+ condições precárias de trafegabilidade e acúmulo de lixo.</t>
+  </si>
+  <si>
+    <t>Indicação nº 606 de 2025</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, na forma regimental, solicita o envio de expediente ao_x000D_
+ Chefe do Poder Executivo Exmo. Senhor Fábio Garcia de Oliveira - Prefeito Municipal, com cópia_x000D_
+ ao Senhor Gerson Maia Gomes, Secretário Municipal de Obras e Serviços Públicos, sugerindo_x000D_
+ providências junto ao órgão competente, visando que sejam realizados serviços de iluminação_x000D_
+ pública na Avenida Campos Sales, localizada entre a Avenida Antônio Luiz de Macedo e José_x000D_
+ Cardoso Alves, Bairro Santo Antônio.</t>
+  </si>
+  <si>
+    <t>Indicação nº 607 de 2025</t>
+  </si>
+  <si>
+    <t>A Vereadora que esta subscreve, na forma regimental, solicita o envio de expediente ao_x000D_
+ Chefe do Poder Executivo Exmo. Senhor Fábio Garcia de Oliveira Prefeito Municipal, com cópia_x000D_
+ ao Senhor Gerson Maia Gomes Secretário Municipal de Obras e Serviços Públicos, sugerindo_x000D_
+ providências junto ao órgão competente, visando que sejam realizados serviços de reparo e_x000D_
+ manutenção da iluminação pública na Avenida Presidente Dutra, próxima à Avenida Princesa_x000D_
+ Isabel, Bairro Triângulo.</t>
+  </si>
+  <si>
+    <t>Indicação nº 608 de 2025</t>
+  </si>
+  <si>
+    <t>A Vereadora que esta subscreve, na forma regimental, solicita o envio de expediente ao_x000D_
+ Chefe do Poder Executivo Municipal, Exmo. Senhor Fábio Garcia de Oliveira Prefeito Municipal,_x000D_
+ com cópia ao Senhor Gerson Maia Gomes Secretário Municipal de Obras e Serviços Públicos,_x000D_
+ sugerindo providências junto ao órgão competente, visando à realização dos seguintes serviços_x000D_
+ na Avenida 21 de Junho, Bairro Santa Luzia:- Reparos e manutenção da iluminação pública;- Conserto dos braços de sustentação das luminária que se_x000D_
+ encontram danificados e em risco de queda;- Serviços de limpeza geral da via, com retirada de lixo e entulhos acumulados;- Manutenção e recuperação da avenida.</t>
+  </si>
+  <si>
+    <t>Indicação nº 609 de 2025</t>
+  </si>
+  <si>
+    <t>A Vereadora que esta subscreve, na forma regimental, solicita o envio de expediente ao_x000D_
+ Chefe do Poder Executivo Municipal, Excelentíssimo Senhor Fábio Garcia de Oliveira Prefeito_x000D_
+ Municipal, com cópia ao Senhor Gerson Maia Gomes Secretário Municipal de Obras e Serviços_x000D_
+ Públicos, sugerindo providências junto ao órgão competente, visando que seja realizada a_x000D_
+ pavimentação asfáltica na Avenida Princesa Isabel, no trecho situado atrás do Beco de Macedo,_x000D_
+ nas proximidades da Avenida Pimenta Bueno, Bairro São José.</t>
+  </si>
+  <si>
+    <t>Indicação nº 610 de 2025</t>
+  </si>
+  <si>
+    <t>O Vereador Sérgio Bouez, no uso de suas atribuições legais, vem_x000D_
+ respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal de Guajará-Mirim,_x000D_
+ Fábio Garcia de Oliveira, que determine ao setor competente a recuperação e o_x000D_
+ fechamento da vala aberta nas laterais da Avenida Rocha Leal, no trecho compreendido_x000D_
+ entre a Avenida dos Estados e a Rua Ana Nery, no bairro Tamandaré.</t>
+  </si>
+  <si>
+    <t>Indicação nº 611 de 2025</t>
+  </si>
+  <si>
+    <t>Nos termos regimentais, o Vereador Sérgio Roberto Bouez da Silva indica à_x000D_
+ Excelentíssima Senhora Deputada Estadual Ieda Chaves á necessidade de apoio à Escola do_x000D_
+ Legislativo, visando à realização de um curso de fotografia e de um curso preparatório para o_x000D_
+ ENEM, voltados à formação, capacitação e teorização prática dos participantes dos cursos_x000D_
+ oferecidos pela instituição.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -375,99 +599,556 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F2"/>
+  <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="28.42578125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="34.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="37" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="45" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>5934</v>
+        <v>5955</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
+      <c r="D2" t="s">
+        <v>8</v>
+      </c>
       <c r="E2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
+      <c r="A3">
+        <v>5927</v>
+      </c>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4">
+        <v>5930</v>
+      </c>
+      <c r="B4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5">
+        <v>5878</v>
+      </c>
+      <c r="B5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6">
+        <v>5945</v>
+      </c>
+      <c r="B6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7">
+        <v>5948</v>
+      </c>
+      <c r="B7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>21</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8">
+        <v>5951</v>
+      </c>
+      <c r="B8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>23</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9">
+        <v>5911</v>
+      </c>
+      <c r="B9" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" t="s">
+        <v>26</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10">
+        <v>5959</v>
+      </c>
+      <c r="B10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" t="s">
+        <v>29</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11">
+        <v>5939</v>
+      </c>
+      <c r="B11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
+        <v>31</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12">
+        <v>5934</v>
+      </c>
+      <c r="B12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13">
+        <v>5959</v>
+      </c>
+      <c r="B13" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" t="s">
+        <v>28</v>
+      </c>
+      <c r="E13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14">
+        <v>5958</v>
+      </c>
+      <c r="B14" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
+        <v>36</v>
+      </c>
+      <c r="E14" t="s">
+        <v>37</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15">
+        <v>5939</v>
+      </c>
+      <c r="B15" t="s">
+        <v>32</v>
+      </c>
+      <c r="C15" t="s">
+        <v>30</v>
+      </c>
+      <c r="D15" t="s">
+        <v>28</v>
+      </c>
+      <c r="E15" t="s">
+        <v>31</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16">
+        <v>5942</v>
+      </c>
+      <c r="B16" t="s">
+        <v>32</v>
+      </c>
+      <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E16" t="s">
+        <v>39</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17">
+        <v>5935</v>
+      </c>
+      <c r="B17" t="s">
+        <v>32</v>
+      </c>
+      <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
         <v>8</v>
       </c>
-      <c r="F2" t="s">
-        <v>9</v>
+      <c r="E17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18">
+        <v>5936</v>
+      </c>
+      <c r="B18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s">
+        <v>8</v>
+      </c>
+      <c r="E18" t="s">
+        <v>43</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19">
+        <v>5938</v>
+      </c>
+      <c r="B19" t="s">
+        <v>32</v>
+      </c>
+      <c r="C19" t="s">
+        <v>44</v>
+      </c>
+      <c r="D19" t="s">
+        <v>8</v>
+      </c>
+      <c r="E19" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20">
+        <v>5941</v>
+      </c>
+      <c r="B20" t="s">
+        <v>32</v>
+      </c>
+      <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
+        <v>8</v>
+      </c>
+      <c r="E20" t="s">
+        <v>47</v>
+      </c>
+      <c r="F20" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21">
+        <v>5952</v>
+      </c>
+      <c r="B21" t="s">
+        <v>32</v>
+      </c>
+      <c r="C21" t="s">
+        <v>48</v>
+      </c>
+      <c r="D21" t="s">
+        <v>8</v>
+      </c>
+      <c r="E21" t="s">
+        <v>49</v>
+      </c>
+      <c r="F21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22">
+        <v>5953</v>
+      </c>
+      <c r="B22" t="s">
+        <v>32</v>
+      </c>
+      <c r="C22" t="s">
+        <v>50</v>
+      </c>
+      <c r="D22" t="s">
+        <v>8</v>
+      </c>
+      <c r="E22" t="s">
+        <v>51</v>
+      </c>
+      <c r="F22" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23">
+        <v>5954</v>
+      </c>
+      <c r="B23" t="s">
+        <v>32</v>
+      </c>
+      <c r="C23" t="s">
+        <v>52</v>
+      </c>
+      <c r="D23" t="s">
+        <v>8</v>
+      </c>
+      <c r="E23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24">
+        <v>5956</v>
+      </c>
+      <c r="B24" t="s">
+        <v>32</v>
+      </c>
+      <c r="C24" t="s">
+        <v>54</v>
+      </c>
+      <c r="D24" t="s">
+        <v>36</v>
+      </c>
+      <c r="E24" t="s">
+        <v>55</v>
+      </c>
+      <c r="F24" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25">
+        <v>5957</v>
+      </c>
+      <c r="B25" t="s">
+        <v>32</v>
+      </c>
+      <c r="C25" t="s">
+        <v>56</v>
+      </c>
+      <c r="D25" t="s">
+        <v>36</v>
+      </c>
+      <c r="E25" t="s">
+        <v>57</v>
+      </c>
+      <c r="F25" t="s">
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>