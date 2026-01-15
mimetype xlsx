--- v0 (2025-10-15)
+++ v1 (2026-01-15)
@@ -151,51 +151,51 @@
   </si>
   <si>
     <t>"Regulamenta a Lei Federal n. 14.129, de 29 de março de_x000D_
 2021, no âmbito da Câmara Municipal de Guajará-Mirim,_x000D_
 instituindo o Programa Governo Digital do Legislativo -_x000D_
 PGDL e dá outras providências".</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 7 de 2025</t>
   </si>
   <si>
     <t>Regulamenta a Lei Geral de Proteção de Dados Pessoais - LGPD,_x000D_
 Lei Federal n. 13.709, de 14 de agosto de 2018, no âmbito da_x000D_
 Câmara Municipal de Guajará-Mirim, e dá outras providências</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 8 de 2025</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Ata nº 14 de 2025</t>
   </si>
   <si>
-    <t>ATA DA 14ª SESSÃO ORDINÁRIA</t>
+    <t>ATA DA 14ª SESSÃO ORDINÁRIA DO 1º PERÍODO</t>
   </si>
   <si>
     <t>Indicação nº 360 de 2025</t>
   </si>
   <si>
     <t>SÉRGIO BOUEZ</t>
   </si>
   <si>
     <t>Nos termos regimentais, venho respeitosamente apresentar a seguinte INDICAÇÃO, para que, após lida em plenário, seja encaminhada ao Excelentíssimo Senhor Prefeito Municipal, bem como à Secretaria de Obras e Infraestrutura._x000D_
 _x000D_
 INDICO a necessidade de refazer os quebra-molas existentes na Avenida Dr. Mendonça Lima, no trecho compreendido entre a Avenida Balbino Maciel e a Avenida José Bonifácio, tendo em vista os diversos transtornos que esses dispositivos de redução de velocidade mal executados vêm causando à população</t>
   </si>
   <si>
     <t>Indicação nº 361 de 2025</t>
   </si>
   <si>
     <t>Excelentíssima Senhora Deputada Estadual Ieda Chaves,_x000D_
 _x000D_
 O Vereador que este subscreve, no uso de suas atribuições legais conferidas pela Lei Orgânica do Município de Guajará-Mirim e pelo Regimento Interno desta Câmara Municipal, vem, com o devido respeito, apresentar a seguinte:</t>
   </si>
   <si>
     <t>Indicação nº 362 de 2025</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, na forma regimental, solicita o envio de expediente ao Chefe do Poder Executivo Exmo. Senhor Fábio Garcia de Oliveira - Prefeito Municipal, com cópia ao Senhor Gerson Maia Gomes - Secretário Municipal de Obras e Serviços Públicos, sugerindo providências junto ao órgão competente, visando serviços de limpeza e manutenção do Ginásio Poliesportivo localizado na Escola Profª. Zuleide Costa Assumpção, situada entre a Avenida Domingos Correia Araújo com a Avenida José Cardoso Alves - Bairro Fátima.</t>